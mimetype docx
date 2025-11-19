--- v0 (2025-10-07)
+++ v1 (2025-11-19)
@@ -1,45 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="75E570C0" w14:textId="2100E46D" w:rsidR="00195CD9" w:rsidRDefault="00195CD9" w:rsidP="00E05621">
       <w:pPr>
         <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -371,56 +367,52 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44512590" w14:textId="77777777" w:rsidR="00D55865" w:rsidRDefault="00D55865" w:rsidP="00D55865">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FB6A82A" w14:textId="77777777" w:rsidR="006D05EB" w:rsidRDefault="006D05EB" w:rsidP="00D55865">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="006D05EB">
-          <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F1C159D" w14:textId="52F52009" w:rsidR="00D97158" w:rsidRPr="00D55865" w:rsidRDefault="00D55865" w:rsidP="00D55865">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1116,51 +1108,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A351A1E" wp14:editId="1237DF59">
             <wp:extent cx="2999740" cy="1524000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="838749624" name="Imagen 1" descr="Universidad de Huánuco - UDH - UniverPeru.com"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="Universidad de Huánuco - UDH - UniverPeru.com"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2999740" cy="1524000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1416,176 +1408,206 @@
         </w:rPr>
         <w:t>Se debe especificar si la investigación recibió apoyo económico por parte de alguna institución, fondo concursable o programa específico. En caso contrario, se debe indicar: “La investigación no recibió financiamiento externo.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4166139A" w14:textId="0C04F878" w:rsidR="00954C56" w:rsidRDefault="00954C56" w:rsidP="00954C56">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Depósito de datos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA7E9E1" w14:textId="3DFDEA9B" w:rsidR="00954C56" w:rsidRDefault="00954C56" w:rsidP="00954C56">
+    <w:p w14:paraId="3BA7E9E1" w14:textId="41F127C6" w:rsidR="00954C56" w:rsidRDefault="00954C56" w:rsidP="00954C56">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En caso de contar con conjuntos de datos que respalden el estudio, se debe incluir el enlace al repositorio correspondiente. Si los datos no están disponibles, se debe</w:t>
       </w:r>
       <w:r w:rsidR="006B3B85">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> indiciar “No aplica” y</w:t>
       </w:r>
       <w:r w:rsidRPr="00954C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> justificar brevemente.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ver política de deposito de datos de </w:t>
       </w:r>
       <w:r w:rsidR="005B11DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00275EA9" w:rsidRPr="00275EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Revista Jurídica Peruana Desafíos en Derecho</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Desafios</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> para completar esta sección: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:anchor="datos" w:history="1">
-        <w:r w:rsidRPr="005803CB">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00275EA9" w:rsidRPr="00301391">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://revistas.udh.edu.pe/index.php/udh/policies#datos</w:t>
+          <w:t>https://revistas.udh.edu.pe/RJP/policies</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00275EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="448BC391" w14:textId="40DA7003" w:rsidR="006B3B85" w:rsidRDefault="00954C56" w:rsidP="00954C56">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B3B85">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Referencias bibliográficas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C42126" w14:textId="71116CE7" w:rsidR="00954C56" w:rsidRPr="00954C56" w:rsidRDefault="00954C56" w:rsidP="00954C56">
+    <w:p w14:paraId="33C42126" w14:textId="177281C1" w:rsidR="00954C56" w:rsidRPr="00954C56" w:rsidRDefault="00954C56" w:rsidP="00954C56">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00954C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Los artículos originales deberán tener como mínimo 25 referencias bibliográficas, y los artículos de revisión 40. Todas las citas deben estar referenciadas y viceversa. Desafíos adopta el estilo bibliográfico APA 7ma edición en inglés o español. Todas las fuentes citadas de internet deben tener enlace DOI o URL. Es importante garantizar que al menos el 70% de las referencias provengan de artículos científicos publicados en revistas académicas indexadas, y ser menores a cinco años de antigüedad. Sugerimos el uso de gestores bibliográficos, de preferencia Mendeley.</w:t>
+        <w:t xml:space="preserve">Los artículos originales deberán tener como mínimo 25 referencias bibliográficas, y los artículos de revisión 40. Todas las citas deben estar referenciadas y viceversa. </w:t>
+      </w:r>
+      <w:r w:rsidR="00275EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:r w:rsidR="00275EA9" w:rsidRPr="00275EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Revista Jurídica Peruana Desafíos en Derecho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adopta el estilo bibliográfico APA 7ma edición en inglés o español. Todas las fuentes citadas de internet deben tener enlace DOI o URL. Es importante garantizar que al menos el 70% de las referencias provengan de artículos científicos publicados en revistas académicas indexadas, y ser menores a cinco años de antigüedad. Sugerimos el uso de gestores bibliográficos, de preferencia Mendeley.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3157BC" w14:textId="77777777" w:rsidR="00CE74DD" w:rsidRPr="00CE74DD" w:rsidRDefault="00954C56" w:rsidP="00954C56">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE74DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anexos (opcional)</w:t>
       </w:r>
     </w:p>
@@ -1679,89 +1701,89 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE74DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Roles </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CE74DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Taxonomy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CE74DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">), la cual reconoce 14 roles distintos de participación (como conceptualización, análisis formal, redacción, entre otros). Cada autor deberá declarar su contribución específica. Recuerde que no todos </w:t>
+        <w:t xml:space="preserve">), la cual reconoce 14 roles distintos de participación (como conceptualización, análisis formal, redacción, </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE74DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>los roles aplican en todos los casos; complete únicamente aquellos que correspondan según la naturaleza de la investigación.</w:t>
+        <w:t>entre otros). Cada autor deberá declarar su contribución específica. Recuerde que no todos los roles aplican en todos los casos; complete únicamente aquellos que correspondan según la naturaleza de la investigación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48542FD6" w14:textId="2BE718A2" w:rsidR="008F2135" w:rsidRDefault="008F2135" w:rsidP="00954C56">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F2135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Si un autor cumplió varios roles, su nombre puede aparecer en los distintos cargos que le correspondan dentro de la Taxonomía CRediT.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Más información en el siguiente enlace: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="005803CB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://credit.niso.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C3D2A7" w14:textId="3D19C440" w:rsidR="00DC16BF" w:rsidRDefault="00DC16BF" w:rsidP="00DC16BF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -2197,74 +2219,74 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Redacción, revisión y edición</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Nombre completo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37AF055B" w14:textId="77777777" w:rsidR="00CE74DD" w:rsidRPr="00CE74DD" w:rsidRDefault="00CE74DD" w:rsidP="00954C56">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CE74DD" w:rsidRPr="00CE74DD">
-      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="339B4255" w14:textId="77777777" w:rsidR="00636EB2" w:rsidRDefault="00636EB2" w:rsidP="000F4CA9">
+    <w:p w14:paraId="22244CBF" w14:textId="77777777" w:rsidR="007301CD" w:rsidRDefault="007301CD" w:rsidP="000F4CA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="225E7442" w14:textId="77777777" w:rsidR="00636EB2" w:rsidRDefault="00636EB2" w:rsidP="000F4CA9">
+    <w:p w14:paraId="6AF27AB4" w14:textId="77777777" w:rsidR="007301CD" w:rsidRDefault="007301CD" w:rsidP="000F4CA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2280,60 +2302,50 @@
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-382712264"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="341D550F" w14:textId="66235778" w:rsidR="000F4CA9" w:rsidRPr="000F4CA9" w:rsidRDefault="000F4CA9">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -2369,96 +2381,76 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="000F4CA9">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="09A2DF4A" w14:textId="77777777" w:rsidR="000F4CA9" w:rsidRDefault="000F4CA9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="626F9A29" w14:textId="77777777" w:rsidR="00636EB2" w:rsidRDefault="00636EB2" w:rsidP="000F4CA9">
+    <w:p w14:paraId="4A8FEFA6" w14:textId="77777777" w:rsidR="007301CD" w:rsidRDefault="007301CD" w:rsidP="000F4CA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="582361D0" w14:textId="77777777" w:rsidR="00636EB2" w:rsidRDefault="00636EB2" w:rsidP="000F4CA9">
+    <w:p w14:paraId="333A11B3" w14:textId="77777777" w:rsidR="007301CD" w:rsidRDefault="007301CD" w:rsidP="000F4CA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="215CC0DE" w14:textId="3AD99B2B" w:rsidR="00D2165F" w:rsidRPr="00032298" w:rsidRDefault="00D2165F" w:rsidP="00032298">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tablaconcuadrcula"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4815"/>
@@ -2528,61 +2520,51 @@
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00BA37AE">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>Manuscrito en etapa de revisión</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="47D33082" w14:textId="0471EB4E" w:rsidR="00032298" w:rsidRPr="00032298" w:rsidRDefault="00032298" w:rsidP="00032298">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7178E01D" w14:textId="77777777" w:rsidR="006D05EB" w:rsidRPr="00032298" w:rsidRDefault="006D05EB" w:rsidP="00032298">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46434933"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DF6844FE"/>
     <w:lvl w:ilvl="0" w:tplc="EE38830C">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
@@ -2800,79 +2782,83 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00195CD9"/>
     <w:rsid w:val="00032298"/>
     <w:rsid w:val="000F1433"/>
     <w:rsid w:val="000F4CA9"/>
     <w:rsid w:val="0013449C"/>
     <w:rsid w:val="00195CD9"/>
     <w:rsid w:val="001A639D"/>
     <w:rsid w:val="00230B90"/>
     <w:rsid w:val="0025251D"/>
+    <w:rsid w:val="00275EA9"/>
     <w:rsid w:val="00320F2D"/>
     <w:rsid w:val="003230DF"/>
     <w:rsid w:val="004278E5"/>
     <w:rsid w:val="005B11DD"/>
     <w:rsid w:val="005E6BCB"/>
     <w:rsid w:val="00636EB2"/>
     <w:rsid w:val="00667269"/>
     <w:rsid w:val="0068241D"/>
     <w:rsid w:val="006B3B85"/>
     <w:rsid w:val="006D05EB"/>
+    <w:rsid w:val="006F36D7"/>
+    <w:rsid w:val="007301CD"/>
     <w:rsid w:val="0076738B"/>
     <w:rsid w:val="008B614A"/>
     <w:rsid w:val="008F2135"/>
     <w:rsid w:val="00925E32"/>
     <w:rsid w:val="00954C56"/>
     <w:rsid w:val="009E7BA1"/>
     <w:rsid w:val="00B20878"/>
     <w:rsid w:val="00B5741A"/>
     <w:rsid w:val="00B875E5"/>
     <w:rsid w:val="00BA37AE"/>
     <w:rsid w:val="00C66A71"/>
     <w:rsid w:val="00C759D7"/>
     <w:rsid w:val="00CD69D6"/>
     <w:rsid w:val="00CE74DD"/>
     <w:rsid w:val="00D2165F"/>
     <w:rsid w:val="00D54840"/>
     <w:rsid w:val="00D55865"/>
     <w:rsid w:val="00D97158"/>
     <w:rsid w:val="00DC16BF"/>
+    <w:rsid w:val="00DE4A85"/>
     <w:rsid w:val="00E05621"/>
     <w:rsid w:val="00E65073"/>
     <w:rsid w:val="00ED25DD"/>
     <w:rsid w:val="00F479EC"/>
     <w:rsid w:val="00F92B52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -3867,50 +3853,62 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00954C56"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00954C56"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00275EA9"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="106973250">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="209152438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -3958,51 +3956,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2104568407">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.udh.edu.pe/index.php/udh/policies" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.udh.edu.pe/RJP/policies" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4261,69 +4259,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1018</Words>
-  <Characters>5599</Characters>
+  <Words>1023</Words>
+  <Characters>5632</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6604</CharactersWithSpaces>
+  <CharactersWithSpaces>6642</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lloy Pinedo Tuanama</dc:creator>
+  <dc:creator>Revista Jurídica Peruana Desafíos en Derecho</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>